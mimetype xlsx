--- v0 (2025-10-26)
+++ v1 (2026-02-04)
@@ -494,61 +494,61 @@
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>%</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Overview statistics</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>datasets</t>
         </is>
       </c>
       <c r="C2" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D2" t="n">
         <v>0</v>
       </c>
       <c r="E2" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>0%</t>
+          <t>0.0%</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>Number of datasets</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Overview statistics</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>series</t>
         </is>
       </c>
       <c r="C3" t="n">
         <v>0</v>
       </c>
       <c r="D3" t="n">
         <v>0</v>
       </c>
@@ -586,108 +586,111 @@
       <c r="E4" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>Number of services</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Metadata Validation – Dataset</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>MDi1.1</t>
         </is>
       </c>
+      <c r="C5" t="n">
+        <v>1</v>
+      </c>
       <c r="D5" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E5" t="n">
         <v>0</v>
       </c>
-      <c r="F5" s="2" t="inlineStr">
-[...1 lines deleted...]
-          <t>0%</t>
+      <c r="F5" s="3" t="inlineStr">
+        <is>
+          <t>100.0%</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
           <t>Percentage of metadata for spatial data sets conformant with Commission Regulation (EC) No 1205/2008 as regards metadata</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Metadata Validation – Services</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>MDi1.2</t>
         </is>
       </c>
       <c r="D6" t="n">
         <v>0</v>
       </c>
       <c r="E6" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>0%</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>Percentage of metadata for spatial data services conformant with Commission Regulation (EC) No 1205/2008 as regards metadata</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Availability</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>DSi1.1</t>
         </is>
       </c>
       <c r="C7" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F7" t="inlineStr"/>
       <c r="G7" t="inlineStr">
         <is>
           <t>The number of spatial data sets for which metadata exist</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Availability</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>DSi1.2</t>
         </is>
       </c>
       <c r="C8" t="n">
         <v>0</v>
       </c>
       <c r="F8" t="inlineStr"/>
       <c r="G8" t="inlineStr">
         <is>
@@ -747,115 +750,121 @@
         <is>
           <t>DSi1.5</t>
         </is>
       </c>
       <c r="C11" t="n">
         <v>0</v>
       </c>
       <c r="F11" t="inlineStr"/>
       <c r="G11" t="inlineStr">
         <is>
           <t>The number of spatial data sets for which the metadata contains a keyword from a register provided by the Commission indicating that the spatial data set covers national territory</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Metadata Conformity</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>MDi1.1</t>
         </is>
       </c>
+      <c r="C12" t="n">
+        <v>1</v>
+      </c>
       <c r="D12" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E12" t="n">
         <v>0</v>
       </c>
-      <c r="F12" s="2" t="inlineStr">
-[...1 lines deleted...]
-          <t>0%</t>
+      <c r="F12" s="3" t="inlineStr">
+        <is>
+          <t>100.0%</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
           <t>Percentage of metadata for spatial data sets conformant with Commission Regulation (EC) No 1205/2008 as regards metadata</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Metadata Conformity</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>MDi1.2</t>
         </is>
       </c>
       <c r="D13" t="n">
         <v>0</v>
       </c>
       <c r="E13" t="n">
         <v>0</v>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>0%</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
           <t>Percentage of metadata for spatial data services conformant with Commission Regulation (EC) No 1205/2008 as regards metadata</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Spatial Data Conformity</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>DSi2</t>
         </is>
       </c>
+      <c r="C14" t="n">
+        <v>1</v>
+      </c>
       <c r="D14" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E14" t="n">
         <v>0</v>
       </c>
-      <c r="F14" s="2" t="inlineStr">
-[...1 lines deleted...]
-          <t>0%</t>
+      <c r="F14" s="3" t="inlineStr">
+        <is>
+          <t>100.0%</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>Percentage of spatial data sets that are in conformity with Commission Regulation (EU) No 1089/2010 as regards interoperability of spatial data sets</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Spatial Data Conformity</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>DSi2.1</t>
         </is>
       </c>
       <c r="D15" t="n">
         <v>0</v>
       </c>
       <c r="E15" t="n">
         <v>0</v>
       </c>
@@ -915,115 +924,124 @@
       <c r="E17" t="n">
         <v>0</v>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>0%</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
           <t>Percentage of spatial data sets, corresponding to the themes listed in Annex III, that are in conformity with Commission Regulation (EU) No 1089/2010 as regards interoperability of spatial data sets</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Accessibility of Services</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>NSi2</t>
         </is>
       </c>
+      <c r="C18" t="n">
+        <v>1</v>
+      </c>
       <c r="D18" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E18" t="n">
         <v>0</v>
       </c>
-      <c r="F18" s="2" t="inlineStr">
-[...1 lines deleted...]
-          <t>0%</t>
+      <c r="F18" s="3" t="inlineStr">
+        <is>
+          <t>100.0%</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
           <t>The percentage of spatial data sets that are accessible through view and the download services</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Accessibility of Services</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>NSi2.1</t>
         </is>
       </c>
+      <c r="C19" t="n">
+        <v>1</v>
+      </c>
       <c r="D19" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E19" t="n">
         <v>0</v>
       </c>
-      <c r="F19" s="2" t="inlineStr">
-[...1 lines deleted...]
-          <t>0%</t>
+      <c r="F19" s="3" t="inlineStr">
+        <is>
+          <t>100.0%</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
           <t>The percentage of spatial data sets that are accessible through view services</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Accessibility of Services</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>NSi2.2</t>
         </is>
       </c>
+      <c r="C20" t="n">
+        <v>0</v>
+      </c>
       <c r="D20" t="n">
         <v>0</v>
       </c>
       <c r="E20" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>0%</t>
+          <t>0.0%</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
           <t>The percentage of spatial data sets that are accessible through download services</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Network Service Conformity</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>NSi4</t>
         </is>
       </c>
       <c r="C21" t="n">
         <v>1</v>
       </c>
       <c r="D21" t="n">
         <v>1</v>
       </c>
@@ -1149,29 +1167,29 @@
         <is>
           <t>0%</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
           <t>Percentage of the transformation services that are in conformity with Commission Regulation (EC) No 976/2009 as regards the Network Services</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
-  <dct:created xmlns:dct="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dct:W3CDTF">2025-10-26T07:31:36Z</dct:created>
-  <dct:modified xmlns:dct="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dct:W3CDTF">2025-10-26T07:31:36Z</dct:modified>
+  <dct:created xmlns:dct="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dct:W3CDTF">2026-02-04T03:10:48Z</dct:created>
+  <dct:modified xmlns:dct="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dct:W3CDTF">2026-02-04T03:10:48Z</dct:modified>
 </cp:coreProperties>
 </file>