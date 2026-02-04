--- v1 (2026-02-04)
+++ v2 (2026-02-04)
@@ -1167,29 +1167,29 @@
         <is>
           <t>0%</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
           <t>Percentage of the transformation services that are in conformity with Commission Regulation (EC) No 976/2009 as regards the Network Services</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
-  <dct:created xmlns:dct="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dct:W3CDTF">2026-02-04T03:10:48Z</dct:created>
-  <dct:modified xmlns:dct="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dct:W3CDTF">2026-02-04T03:10:48Z</dct:modified>
+  <dct:created xmlns:dct="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dct:W3CDTF">2026-02-04T04:32:00Z</dct:created>
+  <dct:modified xmlns:dct="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dct:W3CDTF">2026-02-04T04:32:00Z</dct:modified>
 </cp:coreProperties>
 </file>