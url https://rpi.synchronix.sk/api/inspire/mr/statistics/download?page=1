--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -1167,29 +1167,29 @@
         <is>
           <t>0%</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
           <t>Percentage of the transformation services that are in conformity with Commission Regulation (EC) No 976/2009 as regards the Network Services</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
-  <dct:created xmlns:dct="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dct:W3CDTF">2026-02-04T04:32:00Z</dct:created>
-  <dct:modified xmlns:dct="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dct:W3CDTF">2026-02-04T04:32:00Z</dct:modified>
+  <dct:created xmlns:dct="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dct:W3CDTF">2026-03-21T07:17:07Z</dct:created>
+  <dct:modified xmlns:dct="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dct:W3CDTF">2026-03-21T07:17:07Z</dct:modified>
 </cp:coreProperties>
 </file>